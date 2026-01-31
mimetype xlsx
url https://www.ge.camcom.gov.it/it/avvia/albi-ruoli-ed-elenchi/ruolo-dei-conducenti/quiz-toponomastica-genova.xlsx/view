--- v0 (2025-10-30)
+++ v1 (2026-01-31)
@@ -2,70 +2,70 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Windows 7 prem\Desktop\ESAMI\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Windows 7 prem\Desktop\RUOLO 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12435"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="638" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="701" uniqueCount="323">
   <si>
     <t>MATERIA</t>
   </si>
   <si>
     <t>LINGUA</t>
   </si>
   <si>
     <t>ZONA</t>
   </si>
   <si>
     <t>DOMANDA</t>
   </si>
   <si>
     <t>RISPOSTA ESATTA</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
@@ -903,50 +903,137 @@
     <t>Nel percorso tra Ospedale San Martino-Piazza Carloforte incontriamo</t>
   </si>
   <si>
     <t>Via Rimassa</t>
   </si>
   <si>
     <t>Nel percorso Ospedale di Sestri-Hotel Mediteranee incontriamo</t>
   </si>
   <si>
     <t>Lungomare Canepa</t>
   </si>
   <si>
     <t>Via San Tomaso d'Acquino</t>
   </si>
   <si>
     <t>Dove si trova l'Istituto Idrografico della Marina</t>
   </si>
   <si>
     <t>Passo San Tomaso</t>
   </si>
   <si>
     <t>Passo Osservatorio</t>
   </si>
   <si>
     <t xml:space="preserve">Passo X Dicembre </t>
+  </si>
+  <si>
+    <t>Dove si trova il mercato ortofrutticolo all'ingrosso?</t>
+  </si>
+  <si>
+    <t>Via Sardorella, uscita autostrada Bolzaneto</t>
+  </si>
+  <si>
+    <t>Dove si trova il nuovo mercato del pesce?</t>
+  </si>
+  <si>
+    <t>Piazzale Bligny 1R</t>
+  </si>
+  <si>
+    <t>Dove si trova Montebruno?</t>
+  </si>
+  <si>
+    <t>In Valtrebbia, all'interno del Parco Naturale dell'Antola</t>
+  </si>
+  <si>
+    <t>In Val Fontanabuona</t>
+  </si>
+  <si>
+    <t>Vicino a Campoligure</t>
+  </si>
+  <si>
+    <t>Qual è l'albergo più vicino all'Ospedale Gaslini?</t>
+  </si>
+  <si>
+    <t>Hotel Tirreno, Via dei Mille 17</t>
+  </si>
+  <si>
+    <t>Hotel AC, Corso Europa</t>
+  </si>
+  <si>
+    <t>Novotel, Via Cantore</t>
+  </si>
+  <si>
+    <t>Dove si trova l'Ostello Bello?</t>
+  </si>
+  <si>
+    <t>Via Costanzi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Via Balbi </t>
+  </si>
+  <si>
+    <t>Via della Marina</t>
+  </si>
+  <si>
+    <t>Per raggiungere Boccadasse che strada si deve percorrere?</t>
+  </si>
+  <si>
+    <t>Corso Italia</t>
+  </si>
+  <si>
+    <t>Via della Sirena</t>
+  </si>
+  <si>
+    <t>Via Sampierdarena</t>
+  </si>
+  <si>
+    <t>Nel percorso tra Principe e Ospedale Villa Scassi incontriamo</t>
+  </si>
+  <si>
+    <t>Nel percorso tra Piazza Sturla e Stazione Brignole incontriamo</t>
+  </si>
+  <si>
+    <t>Via caprera</t>
+  </si>
+  <si>
+    <t>Via Canevari</t>
+  </si>
+  <si>
+    <t>Via dei Mille</t>
+  </si>
+  <si>
+    <t>Via Cornigliano</t>
+  </si>
+  <si>
+    <t>Via Buranello</t>
+  </si>
+  <si>
+    <t>Viale Canepa</t>
+  </si>
+  <si>
+    <t>Nel percorso tra l'Aeroporto e l'ospedale di Sestri - Micone incontriamo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
@@ -1286,54 +1373,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:K92"/>
+  <dimension ref="A1:K101"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A81" workbookViewId="0">
-      <selection activeCell="E91" sqref="E91"/>
+    <sheetView tabSelected="1" topLeftCell="A88" workbookViewId="0">
+      <selection activeCell="D101" sqref="D101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="23.7109375" customWidth="1"/>
     <col min="4" max="4" width="41.7109375" customWidth="1"/>
     <col min="7" max="7" width="28.85546875" customWidth="1"/>
     <col min="9" max="9" width="24.28515625" customWidth="1"/>
     <col min="11" max="11" width="29.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="46.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
@@ -3583,51 +3670,51 @@
       <c r="F84" s="5"/>
       <c r="G84" s="6" t="s">
         <v>268</v>
       </c>
       <c r="H84" s="7"/>
       <c r="I84" s="8" t="s">
         <v>269</v>
       </c>
       <c r="J84" s="7"/>
       <c r="K84" s="9" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="85" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B85" s="5"/>
       <c r="C85" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>271</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F85" s="5"/>
       <c r="G85" s="6" t="s">
         <v>272</v>
       </c>
       <c r="H85" s="7"/>
       <c r="I85" s="8" t="s">
         <v>15</v>
       </c>
       <c r="J85" s="7"/>
       <c r="K85" s="9" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="86" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A86" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B86" s="5"/>
       <c r="C86" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>274</v>
       </c>
@@ -3760,51 +3847,294 @@
         <v>8</v>
       </c>
       <c r="B91" s="5"/>
       <c r="C91" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>287</v>
       </c>
       <c r="E91" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F91" s="5"/>
       <c r="G91" s="6" t="s">
         <v>288</v>
       </c>
       <c r="H91" s="7"/>
       <c r="I91" s="8" t="s">
         <v>289</v>
       </c>
       <c r="J91" s="7"/>
       <c r="K91" s="9" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="92" spans="1:11" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="92" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B92" s="5"/>
+      <c r="C92" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F92" s="5"/>
+      <c r="G92" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="H92" s="7"/>
+      <c r="I92" s="8" t="s">
+        <v>295</v>
+      </c>
+      <c r="J92" s="7"/>
+      <c r="K92" s="9" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B93" s="5"/>
+      <c r="C93" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="E93" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F93" s="5"/>
+      <c r="G93" s="6" t="s">
+        <v>297</v>
+      </c>
+      <c r="H93" s="7"/>
+      <c r="I93" s="8" t="s">
+        <v>276</v>
+      </c>
+      <c r="J93" s="7"/>
+      <c r="K93" s="9" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B94" s="5"/>
+      <c r="C94" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="F94" s="5"/>
+      <c r="G94" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="H94" s="7"/>
+      <c r="I94" s="8" t="s">
+        <v>301</v>
+      </c>
+      <c r="J94" s="7"/>
+      <c r="K94" s="9" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B95" s="5"/>
+      <c r="C95" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="E95" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F95" s="5"/>
+      <c r="G95" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="H95" s="7"/>
+      <c r="I95" s="8" t="s">
+        <v>303</v>
+      </c>
+      <c r="J95" s="7"/>
+      <c r="K95" s="9" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A96" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B96" s="5"/>
+      <c r="C96" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="E96" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F96" s="5"/>
+      <c r="G96" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="H96" s="7"/>
+      <c r="I96" s="8" t="s">
+        <v>308</v>
+      </c>
+      <c r="J96" s="7"/>
+      <c r="K96" s="9" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A97" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B97" s="5"/>
+      <c r="C97" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="E97" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F97" s="5"/>
+      <c r="G97" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="H97" s="7"/>
+      <c r="I97" s="8" t="s">
+        <v>312</v>
+      </c>
+      <c r="J97" s="7"/>
+      <c r="K97" s="9" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="98" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B98" s="5"/>
+      <c r="C98" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="E98" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F98" s="5"/>
+      <c r="G98" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="H98" s="7"/>
+      <c r="I98" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="J98" s="7"/>
+      <c r="K98" s="9" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="99" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B99" s="5"/>
+      <c r="C99" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="E99" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F99" s="5"/>
+      <c r="G99" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="H99" s="7"/>
+      <c r="I99" s="8" t="s">
+        <v>316</v>
+      </c>
+      <c r="J99" s="7"/>
+      <c r="K99" s="9" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="100" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B100" s="5"/>
+      <c r="C100" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="E100" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="F100" s="5"/>
+      <c r="G100" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="H100" s="7"/>
+      <c r="I100" s="8" t="s">
+        <v>320</v>
+      </c>
+      <c r="J100" s="7"/>
+      <c r="K100" s="9" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="101" spans="1:11" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967293" verticalDpi="4294967293" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Foglio1</vt:lpstr>
     </vt:vector>