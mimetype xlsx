--- v0 (2025-10-30)
+++ v1 (2026-01-31)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Windows 7 prem\Desktop\ESAMI\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Windows 7 prem\Desktop\RUOLO 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12435"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="166">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="414" uniqueCount="180">
   <si>
     <t>MATERIA</t>
   </si>
   <si>
     <t>LINGUA</t>
   </si>
   <si>
     <t>ZONA</t>
   </si>
   <si>
     <t>DOMANDA</t>
   </si>
   <si>
     <t>RISPOSTA ESATTA</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
@@ -518,50 +518,92 @@
     <t>Via Roma</t>
   </si>
   <si>
     <t>Piazza Mentana</t>
   </si>
   <si>
     <t>Nel tragitto stazione Centrale e Spezia Migliarina incontriamo</t>
   </si>
   <si>
     <t>Via Buonviaggio</t>
   </si>
   <si>
     <t>Via Garibaldi</t>
   </si>
   <si>
     <t>Piazza Verdi 7</t>
   </si>
   <si>
     <t>Via Fontevivo 43</t>
   </si>
   <si>
     <t>Piazza Falcone Borsellino 1</t>
   </si>
   <si>
     <t>In che via si trova la Casa Circondariale della Spezia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cinque </t>
+  </si>
+  <si>
+    <t>Sette</t>
+  </si>
+  <si>
+    <t>Tre</t>
+  </si>
+  <si>
+    <t>Quante sono le isole principali dell'arcipelago spezzino?</t>
+  </si>
+  <si>
+    <t>Riomaggiore</t>
+  </si>
+  <si>
+    <t>Lerici</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dove si trova l'Hotel Shelley e delle Palme </t>
+  </si>
+  <si>
+    <t>Dove si trova l'Hotel Ghironi</t>
+  </si>
+  <si>
+    <t>Portovenere</t>
+  </si>
+  <si>
+    <t>In che via si trova il Museo del Ciclismo "Adriano Cuffini"</t>
+  </si>
+  <si>
+    <t>Via dei Pioppi, 10</t>
+  </si>
+  <si>
+    <t>In che via si trova il Museo della Guerra - galleria ex ricovero antiaereo "Quintino Sella"</t>
+  </si>
+  <si>
+    <t>In che via si trova l'Osteria all'Inferno dal 1905</t>
+  </si>
+  <si>
+    <t>Via Lorenzo Costa 3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
@@ -897,54 +939,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:K54"/>
+  <dimension ref="A1:K60"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A37" workbookViewId="0">
-      <selection activeCell="D54" sqref="D54"/>
+    <sheetView tabSelected="1" topLeftCell="A44" workbookViewId="0">
+      <selection activeCell="G59" sqref="G59"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.42578125" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="4" width="32.42578125" customWidth="1"/>
     <col min="7" max="7" width="24.5703125" customWidth="1"/>
     <col min="9" max="9" width="25.140625" customWidth="1"/>
     <col min="11" max="11" width="31.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="46.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -2346,51 +2388,213 @@
         <v>8</v>
       </c>
       <c r="B53" s="5"/>
       <c r="C53" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>165</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F53" s="5"/>
       <c r="G53" s="6" t="s">
         <v>162</v>
       </c>
       <c r="H53" s="7"/>
       <c r="I53" s="8" t="s">
         <v>163</v>
       </c>
       <c r="J53" s="7"/>
       <c r="K53" s="9" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="54" spans="1:11" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="54" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B54" s="5"/>
+      <c r="C54" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E54" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="F54" s="5"/>
+      <c r="G54" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="H54" s="7"/>
+      <c r="I54" s="8" t="s">
+        <v>167</v>
+      </c>
+      <c r="J54" s="7"/>
+      <c r="K54" s="9" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B55" s="5"/>
+      <c r="C55" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="E55" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="F55" s="5"/>
+      <c r="G55" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="H55" s="7"/>
+      <c r="I55" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="J55" s="7"/>
+      <c r="K55" s="9" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B56" s="5"/>
+      <c r="C56" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="E56" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F56" s="5"/>
+      <c r="G56" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="H56" s="7"/>
+      <c r="I56" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="J56" s="7"/>
+      <c r="K56" s="9" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B57" s="5"/>
+      <c r="C57" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="E57" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F57" s="5"/>
+      <c r="G57" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="H57" s="7"/>
+      <c r="I57" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="J57" s="7"/>
+      <c r="K57" s="9" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="46.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B58" s="5"/>
+      <c r="C58" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="E58" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="F58" s="5"/>
+      <c r="G58" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="H58" s="7"/>
+      <c r="I58" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="J58" s="7"/>
+      <c r="K58" s="9" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B59" s="5"/>
+      <c r="C59" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E59" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F59" s="5"/>
+      <c r="G59" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H59" s="7"/>
+      <c r="I59" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="J59" s="7"/>
+      <c r="K59" s="9" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Foglio1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>