--- v0 (2025-10-30)
+++ v1 (2026-01-31)
@@ -1,660 +1,708 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...2 lines deleted...]
-  <workbookProtection/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+  <workbookPr defaultThemeVersion="153222"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Windows 7 prem\Desktop\RUOLO 2025\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
   <bookViews>
-    <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="989" firstSheet="0" activeTab="0"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12435" tabRatio="989"/>
   </bookViews>
   <sheets>
-    <sheet name="Foglio1" sheetId="1" state="visible" r:id="rId2"/>
+    <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
+  <calcPr calcId="0" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="126">
-[...112 lines deleted...]
-    <t xml:space="preserve">Dove si trova il Palazzo Bellevue?</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="423" uniqueCount="139">
+  <si>
+    <t>MATERIA</t>
+  </si>
+  <si>
+    <t>LINGUA</t>
+  </si>
+  <si>
+    <t>ZONA</t>
+  </si>
+  <si>
+    <t>DOMANDA</t>
+  </si>
+  <si>
+    <t>RISPOSTA ESATTA</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>TOPONOMASTICA CITTADINA</t>
+  </si>
+  <si>
+    <t>Sanremo</t>
+  </si>
+  <si>
+    <t>Dove si trova il Bel Soggiorno Hotel?</t>
+  </si>
+  <si>
+    <t>Corso Mazzini</t>
+  </si>
+  <si>
+    <t>Via Carli</t>
+  </si>
+  <si>
+    <t>Corso Matuzia</t>
+  </si>
+  <si>
+    <t>Dove si trova il Casinò Municipale?</t>
+  </si>
+  <si>
+    <t>Via Bixio</t>
+  </si>
+  <si>
+    <t>Corso degli Inglesi</t>
+  </si>
+  <si>
+    <t>Corso Felice Cavallotti</t>
+  </si>
+  <si>
+    <t>Dove si trova il Castello Devachan?</t>
+  </si>
+  <si>
+    <t>Via Fiume</t>
+  </si>
+  <si>
+    <t>Dove si trova il Cinema Centrale?</t>
+  </si>
+  <si>
+    <t>Via G.Matteotti</t>
+  </si>
+  <si>
+    <t>Dove si trova il Festival Hotel?</t>
+  </si>
+  <si>
+    <t>Corso Imperatrice</t>
+  </si>
+  <si>
+    <t>Via XX Settembre</t>
+  </si>
+  <si>
+    <t>Dove si trova il Forte Santa Tecla di Sanremo?</t>
+  </si>
+  <si>
+    <t>Corso Nazario Sauro</t>
+  </si>
+  <si>
+    <t>Piazza Alberto Nota</t>
+  </si>
+  <si>
+    <t>Dove si trova il Londra Hotel?</t>
+  </si>
+  <si>
+    <t>Dove si trova il Monumento ai Caduti?</t>
+  </si>
+  <si>
+    <t>Via Dante Alighieri</t>
+  </si>
+  <si>
+    <t>Corso Augusto Mombello</t>
+  </si>
+  <si>
+    <t>Dove si trova il Museo Civico di Sanremo?</t>
+  </si>
+  <si>
+    <t>Dove si trova il Nazionale Hotel?</t>
+  </si>
+  <si>
+    <t>Via Matteotti</t>
+  </si>
+  <si>
+    <t>Dove si trova il Palafiori di Sanremo?</t>
+  </si>
+  <si>
+    <t>Corso Garibaldi</t>
+  </si>
+  <si>
+    <t>Dove si trova il Palazzo Bellevue?</t>
   </si>
   <si>
     <t xml:space="preserve">Strada del Comune </t>
   </si>
   <si>
     <t xml:space="preserve">Dove si trova il Palazzo Borea D'Olmo? </t>
   </si>
   <si>
-    <t xml:space="preserve">Dove si trova il Royal Hotel?</t>
-[...197 lines deleted...]
-    <t xml:space="preserve">Per arrivare all’ingresso di Sanremo Ovest quale via incontro?</t>
+    <t>Dove si trova il Royal Hotel?</t>
+  </si>
+  <si>
+    <t>Dove si trova il Santuario della Madonna della Costa?</t>
+  </si>
+  <si>
+    <t>Via Nuvoloni</t>
+  </si>
+  <si>
+    <t>Piazzale Santuario Assunta</t>
+  </si>
+  <si>
+    <t>Dove si trova il Teatro Ariston?</t>
+  </si>
+  <si>
+    <t>Dove si trova l’Hotel Villa Sophia (ex Hotel Sapienza) ?</t>
+  </si>
+  <si>
+    <t>Corso O.Raimondo</t>
+  </si>
+  <si>
+    <t>Dove si trova la biblioteca civica di Sanremo?</t>
+  </si>
+  <si>
+    <t>Dove si trova la Caserma della Guardia di Finanza?</t>
+  </si>
+  <si>
+    <t>Via Hope</t>
+  </si>
+  <si>
+    <t>Dove si trova la Chiesa Russa Ortodossa?</t>
+  </si>
+  <si>
+    <t>Dove si trova la Concattedrale di Sanremo?</t>
+  </si>
+  <si>
+    <t>Piazza San Siro</t>
+  </si>
+  <si>
+    <t>Piazza Eroi Sanremesi</t>
+  </si>
+  <si>
+    <t>Dove si trova la Questura?</t>
+  </si>
+  <si>
+    <t>Dove si trova la sede del Radiotaxi di Sanremo?</t>
+  </si>
+  <si>
+    <t>Piazza Cristoforo Colombo</t>
+  </si>
+  <si>
+    <t>Corso Nazario Sauro 36</t>
+  </si>
+  <si>
+    <t>Dove si trova la stazione dei Carabinieri?</t>
+  </si>
+  <si>
+    <t>Dove si trova la stazione ferroviaria?</t>
+  </si>
+  <si>
+    <t>Aurelia tratto Corso Cavallotti</t>
+  </si>
+  <si>
+    <t>Dove si trova l'Ariston Montecarlo Hotel?</t>
+  </si>
+  <si>
+    <t>Dove si trova l'Esperia Hotel?</t>
+  </si>
+  <si>
+    <t>Dove si trova l'INPS di Sanremo?</t>
+  </si>
+  <si>
+    <t>Dove si trova Lolli Palace Hotel?</t>
+  </si>
+  <si>
+    <t>Dove si trova l'ospedale di Sanremo?</t>
+  </si>
+  <si>
+    <t>Via G. Borea</t>
+  </si>
+  <si>
+    <t>Dove si trova Villa Nobel?</t>
+  </si>
+  <si>
+    <t>Dove si trova Villa Ormond?</t>
+  </si>
+  <si>
+    <t>Nel percorso da Piazza Colombo al campo ippico, incontriamo?</t>
+  </si>
+  <si>
+    <t>Corso Cavallotti</t>
+  </si>
+  <si>
+    <t>Via Lamarmora</t>
+  </si>
+  <si>
+    <t>Nel percorso da Via Solaro a Piazza Colombo, incontriamo?</t>
+  </si>
+  <si>
+    <t>Via Semeria</t>
+  </si>
+  <si>
+    <t>Via Galileo Galilei</t>
+  </si>
+  <si>
+    <t>Via Roma</t>
+  </si>
+  <si>
+    <t>Nel percorso dal Casinò comunale all'ospedale di Sanremo, incontriamo?</t>
+  </si>
+  <si>
+    <t>Via della Repubblica</t>
+  </si>
+  <si>
+    <t>Via Massa</t>
+  </si>
+  <si>
+    <t>Via Solaro</t>
+  </si>
+  <si>
+    <t>Nel percorso dal Casinò comunale di Sanremo alla stazione ferroviaria, incontriamo?</t>
+  </si>
+  <si>
+    <t>Via Pascoli</t>
+  </si>
+  <si>
+    <t>Nel percorso dalla Autostazione delle Corriere all'ospedale di Sanremo, incontriamo?</t>
+  </si>
+  <si>
+    <t>Nel percorso dalla casa di cura Villa Speranza alla stazione ferroviaria, incontriamo?</t>
+  </si>
+  <si>
+    <t>Via Duca degli Abruzzi</t>
+  </si>
+  <si>
+    <t>Nel percorso dalla stazione ferroviaria al Casinò comunale, incontriamo?</t>
+  </si>
+  <si>
+    <t>Nel percorso dalla stazione ferroviaria all'Hotel Londra, incontriamo?</t>
+  </si>
+  <si>
+    <t>Nel percorso dalla stazione ferroviaria all'Hotel Royal, incontriamo?</t>
+  </si>
+  <si>
+    <t>Nel percorso dalla stazione ferroviaria allo stadio comunale, incontriamo?</t>
+  </si>
+  <si>
+    <t>Via Borea</t>
+  </si>
+  <si>
+    <t>Nel percorso dalla stazione ferroviaria all'ospedale di Sanremo, incontriamo?</t>
+  </si>
+  <si>
+    <t>Via Barabino</t>
+  </si>
+  <si>
+    <t>Via Volta</t>
+  </si>
+  <si>
+    <t>Nel percorso dall'Hotel Miramare, al Casinò comunale di Sanremo incontriamo?</t>
+  </si>
+  <si>
+    <t>Nel percorso dall'Hotel Royal alla stazione ferroviaria, incontriamo?</t>
+  </si>
+  <si>
+    <t>Nel percorso dallo stadio comunale a Piazza Colombo, incontriamo?</t>
+  </si>
+  <si>
+    <t>Via Vallarino</t>
+  </si>
+  <si>
+    <t>Nel percorso dall'ospedale di Sanremo a Piazza Colombo, incontriamo?</t>
+  </si>
+  <si>
+    <t>Via Mazzini</t>
+  </si>
+  <si>
+    <t>Nel percorso dall'ospedale di Sanremo al Casinò comunale incontriamo?</t>
+  </si>
+  <si>
+    <t>Via Canepa</t>
+  </si>
+  <si>
+    <t>Nel percorso dall'ospedale di Sanremo alla stazione ferroviaria, incontriamo?</t>
+  </si>
+  <si>
+    <t>Corso Inglesi</t>
+  </si>
+  <si>
+    <t>Via Martiri della Libertà</t>
+  </si>
+  <si>
+    <t>Nel percorso dall'ospedale di Sanremo all'Hotel Royal, incontriamo?</t>
+  </si>
+  <si>
+    <t>Via San Francesco</t>
+  </si>
+  <si>
+    <t>Per arrivare all’ingresso di Sanremo Ovest quale via incontro?</t>
   </si>
   <si>
     <t xml:space="preserve">Via Serenella </t>
   </si>
   <si>
-    <t xml:space="preserve">Via Piave</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Il Monastero del Carmelo dove si trova ?</t>
+    <t>Via Piave</t>
+  </si>
+  <si>
+    <t>Il Monastero del Carmelo dove si trova ?</t>
   </si>
   <si>
     <t xml:space="preserve">Via Tasso </t>
   </si>
   <si>
-    <t xml:space="preserve">Dove si trova il campo Ippico ?</t>
+    <t>Dove si trova il campo Ippico ?</t>
   </si>
   <si>
     <t xml:space="preserve">Via Solaro </t>
   </si>
   <si>
-    <t xml:space="preserve">Via Anselmi</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Per arrivare al campo da golf da Piazza Colombo quale via incontriamo ?</t>
+    <t>Via Anselmi</t>
+  </si>
+  <si>
+    <t>Strada San Lorenzo</t>
+  </si>
+  <si>
+    <t>Per arrivare al campo da golf da Piazza Colombo quale via incontriamo ?</t>
   </si>
   <si>
     <t xml:space="preserve">Via Vallarino </t>
   </si>
   <si>
-    <t xml:space="preserve">Via Goethe</t>
-[...8 lines deleted...]
-    <t xml:space="preserve">Per raggiungere Portosole dall’Hotel Ariston Montecarlo quale via incontriamo ?</t>
+    <t>Via Goethe</t>
+  </si>
+  <si>
+    <t>Via senatore Ernesto Marsaglia</t>
+  </si>
+  <si>
+    <t>Per raggiungere Casa Serena dalla stazione FS quale via incontriamo ?</t>
+  </si>
+  <si>
+    <t>Per raggiungere Portosole dall’Hotel Ariston Montecarlo quale via incontriamo ?</t>
   </si>
   <si>
     <t xml:space="preserve">Via Fiume </t>
   </si>
   <si>
-    <t xml:space="preserve">Via Zeffiro Massa.</t>
+    <t>Via Zeffiro Massa.</t>
   </si>
   <si>
     <t xml:space="preserve">Per raggiungere il cimitero di Valle Armea dalla Stazione FS quale via incontriamo </t>
   </si>
   <si>
     <t xml:space="preserve">Via Barabino </t>
   </si>
   <si>
-    <t xml:space="preserve">Via Fratti</t>
+    <t>Via Fratti</t>
+  </si>
+  <si>
+    <t>Dove si trova il monumento di Siro Andrea Carli</t>
+  </si>
+  <si>
+    <t>Piazza Eroi Sanremesi 94</t>
+  </si>
+  <si>
+    <t>In che via si trova il Municipio di Sanremo</t>
+  </si>
+  <si>
+    <t>Corso Felice Cavallotti 59</t>
+  </si>
+  <si>
+    <t>Via Gioberti</t>
+  </si>
+  <si>
+    <t>Per raggiungere Porto Vecchio che strada si percorre partendo dalla stazione ferroviaria</t>
+  </si>
+  <si>
+    <t>Dove si trova Villa Hanbury, punto di interesse culturale</t>
+  </si>
+  <si>
+    <t>Ventimiglia</t>
+  </si>
+  <si>
+    <t>Imperia</t>
+  </si>
+  <si>
+    <t>Dove si trova la Passeggiata dell'Imperatrice</t>
+  </si>
+  <si>
+    <t>Lungomare Imperatrice 118</t>
+  </si>
+  <si>
+    <t>Dove si trova la statua di Mike Bongiorno</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Via Escoffier </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...3 lines deleted...]
-  <fonts count="4">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
-    <font>
-[...13 lines deleted...]
-    </font>
   </fonts>
-  <fills count="8">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFFFF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor rgb="FF99CC66"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B0F0"/>
         <bgColor rgb="FF00CCFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF99CC66"/>
         <bgColor rgb="FF92D050"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF00CCCC"/>
-[...5 lines deleted...]
-        <fgColor rgb="FF00CCFF"/>
+        <fgColor rgb="FF00B0F0"/>
         <bgColor rgb="FF00CCCC"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="2">
-    <border diagonalUp="false" diagonalDown="false">
+  <borders count="5">
+    <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border diagonalUp="false" diagonalDown="false">
-[...3 lines deleted...]
-      <bottom style="double"/>
+    <border>
+      <left style="double">
+        <color auto="1"/>
+      </left>
+      <right style="double">
+        <color auto="1"/>
+      </right>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color auto="1"/>
+      </left>
+      <right style="double">
+        <color auto="1"/>
+      </right>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color auto="1"/>
+      </left>
+      <right style="double">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="20">
-[...22 lines deleted...]
-    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+  <cellStyleXfs count="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
-[...86 lines deleted...]
-      <protection locked="true" hidden="false"/>
+  <cellXfs count="34">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="6">
-[...5 lines deleted...]
-    <cellStyle name="Percent" xfId="19" builtinId="5" customBuiltin="false"/>
+  <cellStyles count="1">
+    <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
+  <dxfs count="0"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF00B0F0"/>
       <rgbColor rgb="FF99CC66"/>
       <rgbColor rgb="FF808080"/>
       <rgbColor rgb="FF9999FF"/>
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FFFFFFCC"/>
       <rgbColor rgb="FFCCFFFF"/>
       <rgbColor rgb="FF660066"/>
       <rgbColor rgb="FFFF8080"/>
       <rgbColor rgb="FF0066CC"/>
@@ -669,1634 +717,2053 @@
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FF00CCFF"/>
       <rgbColor rgb="FFCCFFFF"/>
       <rgbColor rgb="FFCCFFCC"/>
       <rgbColor rgb="FFFFFF99"/>
       <rgbColor rgb="FF99CCFF"/>
       <rgbColor rgb="FFFF99CC"/>
       <rgbColor rgb="FFCC99FF"/>
       <rgbColor rgb="FFFFCC99"/>
       <rgbColor rgb="FF3366FF"/>
       <rgbColor rgb="FF00CCCC"/>
       <rgbColor rgb="FF92D050"/>
       <rgbColor rgb="FFFFCC00"/>
       <rgbColor rgb="FFFF9900"/>
       <rgbColor rgb="FFFF6600"/>
       <rgbColor rgb="FF666699"/>
       <rgbColor rgb="FF969696"/>
       <rgbColor rgb="FF003366"/>
       <rgbColor rgb="FF339966"/>
       <rgbColor rgb="FF003300"/>
       <rgbColor rgb="FF333300"/>
       <rgbColor rgb="FF993300"/>
       <rgbColor rgb="FF993366"/>
       <rgbColor rgb="FF333399"/>
       <rgbColor rgb="FF333333"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-[...1 lines deleted...]
-</Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+</file>
+
+<file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Tahoma"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
+</file>
+
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...3 lines deleted...]
-  <dimension ref="A1:K58"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+  <dimension ref="A1:K65"/>
   <sheetViews>
-    <sheetView windowProtection="false" showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="D55" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
-      <selection pane="topLeft" activeCell="G64" activeCellId="0" sqref="G64"/>
+    <sheetView tabSelected="1" topLeftCell="D52" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K64" sqref="K64"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col collapsed="false" hidden="false" max="1" min="1" style="0" width="20.7813765182186"/>
-[...9 lines deleted...]
-    <col collapsed="false" hidden="false" max="1025" min="11" style="0" width="20.7813765182186"/>
+    <col min="1" max="1" width="20.7109375"/>
+    <col min="2" max="2" width="9.7109375"/>
+    <col min="3" max="3" width="20.7109375"/>
+    <col min="4" max="4" width="29.140625"/>
+    <col min="5" max="5" width="20.7109375"/>
+    <col min="6" max="6" width="7.85546875"/>
+    <col min="7" max="7" width="20.7109375"/>
+    <col min="8" max="8" width="6"/>
+    <col min="9" max="9" width="20.7109375"/>
+    <col min="10" max="10" width="7.42578125"/>
+    <col min="11" max="1025" width="20.7109375"/>
   </cols>
   <sheetData>
-    <row r="1" customFormat="false" ht="16.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1"/>
       <c r="G1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1"/>
       <c r="I1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="J1" s="1"/>
       <c r="K1" s="4" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="2" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="2" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="5"/>
       <c r="C2" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F2" s="5"/>
       <c r="G2" s="6" t="s">
         <v>11</v>
       </c>
       <c r="H2" s="7"/>
       <c r="I2" s="8" t="s">
         <v>12</v>
       </c>
       <c r="J2" s="7"/>
       <c r="K2" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="3" customFormat="false" ht="30" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="3" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="5"/>
       <c r="G3" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H3" s="7"/>
       <c r="I3" s="8" t="s">
         <v>16</v>
       </c>
       <c r="J3" s="7"/>
       <c r="K3" s="9" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="4" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="4" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="5"/>
       <c r="G4" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H4" s="7"/>
       <c r="I4" s="8" t="s">
         <v>16</v>
       </c>
       <c r="J4" s="7"/>
       <c r="K4" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="5" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="5" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F5" s="5"/>
       <c r="G5" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H5" s="7"/>
       <c r="I5" s="8" t="s">
         <v>16</v>
       </c>
       <c r="J5" s="7"/>
       <c r="K5" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="6" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="6" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="5"/>
       <c r="G6" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H6" s="7"/>
       <c r="I6" s="8" t="s">
         <v>12</v>
       </c>
       <c r="J6" s="7"/>
       <c r="K6" s="9" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="7" customFormat="false" ht="46.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="7" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A7" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="5"/>
       <c r="C7" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F7" s="5"/>
       <c r="G7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H7" s="7"/>
       <c r="I7" s="8" t="s">
         <v>27</v>
       </c>
       <c r="J7" s="7"/>
       <c r="K7" s="9" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="8" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B8" s="5"/>
       <c r="C8" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E8" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F8" s="5"/>
       <c r="G8" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H8" s="7"/>
       <c r="I8" s="8" t="s">
         <v>24</v>
       </c>
       <c r="J8" s="7"/>
       <c r="K8" s="9" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="9" customFormat="false" ht="46.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="9" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A9" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="5"/>
       <c r="C9" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>29</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F9" s="5"/>
       <c r="G9" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="7"/>
       <c r="I9" s="8" t="s">
         <v>30</v>
       </c>
       <c r="J9" s="7"/>
       <c r="K9" s="9" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="10" customFormat="false" ht="46.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="10" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="5"/>
       <c r="C10" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F10" s="5"/>
       <c r="G10" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H10" s="7"/>
       <c r="I10" s="8" t="s">
         <v>12</v>
       </c>
       <c r="J10" s="7"/>
       <c r="K10" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="11" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="11" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A11" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="5"/>
       <c r="C11" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F11" s="5"/>
       <c r="G11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H11" s="7"/>
       <c r="I11" s="8" t="s">
         <v>24</v>
       </c>
       <c r="J11" s="7"/>
       <c r="K11" s="9" t="s">
         <v>34</v>
       </c>
     </row>
-    <row r="12" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="12" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="5"/>
       <c r="C12" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F12" s="5"/>
       <c r="G12" s="6" t="s">
         <v>12</v>
       </c>
       <c r="H12" s="7"/>
       <c r="I12" s="8" t="s">
         <v>15</v>
       </c>
       <c r="J12" s="7"/>
       <c r="K12" s="9" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="13" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="13" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A13" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B13" s="5"/>
       <c r="C13" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F13" s="5"/>
       <c r="G13" s="6" t="s">
         <v>38</v>
       </c>
       <c r="H13" s="7"/>
       <c r="I13" s="8" t="s">
         <v>16</v>
       </c>
       <c r="J13" s="7"/>
       <c r="K13" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="14" customFormat="false" ht="46.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="14" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="5"/>
       <c r="C14" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>39</v>
       </c>
       <c r="E14" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F14" s="5"/>
       <c r="G14" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H14" s="7"/>
       <c r="I14" s="8" t="s">
         <v>16</v>
       </c>
       <c r="J14" s="7"/>
       <c r="K14" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="15" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="15" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A15" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>40</v>
       </c>
       <c r="E15" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F15" s="5"/>
       <c r="G15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H15" s="7"/>
       <c r="I15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="J15" s="7"/>
       <c r="K15" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="16" customFormat="false" ht="61.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="16" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B16" s="5"/>
       <c r="C16" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>41</v>
       </c>
       <c r="E16" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F16" s="5"/>
       <c r="G16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H16" s="7"/>
       <c r="I16" s="8" t="s">
         <v>42</v>
       </c>
       <c r="J16" s="7"/>
       <c r="K16" s="9" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="17" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="17" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E17" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F17" s="5"/>
       <c r="G17" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H17" s="7"/>
       <c r="I17" s="8" t="s">
         <v>16</v>
       </c>
       <c r="J17" s="7"/>
       <c r="K17" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="18" customFormat="false" ht="28.35" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="18" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>45</v>
       </c>
       <c r="E18" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F18" s="5"/>
       <c r="G18" s="6" t="s">
         <v>11</v>
       </c>
       <c r="H18" s="7"/>
       <c r="I18" s="8" t="s">
         <v>46</v>
       </c>
       <c r="J18" s="7"/>
       <c r="K18" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="19" customFormat="false" ht="46.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="19" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>47</v>
       </c>
       <c r="E19" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F19" s="5"/>
       <c r="G19" s="6" t="s">
         <v>12</v>
       </c>
       <c r="H19" s="7"/>
       <c r="I19" s="8" t="s">
         <v>15</v>
       </c>
       <c r="J19" s="7"/>
       <c r="K19" s="9" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="20" customFormat="false" ht="46.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="20" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A20" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>48</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F20" s="5"/>
       <c r="G20" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="7"/>
       <c r="I20" s="8" t="s">
         <v>49</v>
       </c>
       <c r="J20" s="7"/>
       <c r="K20" s="9" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="21" customFormat="false" ht="46.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="21" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="5"/>
       <c r="C21" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F21" s="5"/>
       <c r="G21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H21" s="7"/>
       <c r="I21" s="8" t="s">
         <v>42</v>
       </c>
       <c r="J21" s="7"/>
       <c r="K21" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="22" customFormat="false" ht="46.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="22" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A22" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="5"/>
       <c r="C22" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>51</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F22" s="5"/>
       <c r="G22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H22" s="7"/>
       <c r="I22" s="8" t="s">
         <v>52</v>
       </c>
       <c r="J22" s="7"/>
       <c r="K22" s="9" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="23" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="23" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="5"/>
       <c r="C23" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>54</v>
       </c>
       <c r="E23" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F23" s="5"/>
       <c r="G23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H23" s="7"/>
       <c r="I23" s="8" t="s">
         <v>16</v>
       </c>
       <c r="J23" s="7"/>
       <c r="K23" s="9" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="24" customFormat="false" ht="28.35" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="24" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="5"/>
       <c r="C24" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>55</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F24" s="5"/>
       <c r="G24" s="6" t="s">
         <v>56</v>
       </c>
       <c r="H24" s="7"/>
       <c r="I24" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J24" s="7"/>
       <c r="K24" s="9" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="25" customFormat="false" ht="46.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="25" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A25" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="5"/>
       <c r="C25" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>58</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F25" s="5"/>
       <c r="G25" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H25" s="7"/>
       <c r="I25" s="8" t="s">
         <v>16</v>
       </c>
       <c r="J25" s="7"/>
       <c r="K25" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="26" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="26" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A26" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="5"/>
       <c r="C26" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>59</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F26" s="5"/>
       <c r="G26" s="6" t="s">
         <v>21</v>
       </c>
       <c r="H26" s="7"/>
       <c r="I26" s="8" t="s">
         <v>16</v>
       </c>
       <c r="J26" s="7"/>
       <c r="K26" s="9" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="27" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="27" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A27" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="5"/>
       <c r="C27" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F27" s="5"/>
       <c r="G27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H27" s="7"/>
       <c r="I27" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J27" s="7"/>
       <c r="K27" s="9" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="28" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="28" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A28" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="5"/>
       <c r="C28" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>62</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F28" s="5"/>
       <c r="G28" s="6" t="s">
         <v>11</v>
       </c>
       <c r="H28" s="7"/>
       <c r="I28" s="8" t="s">
         <v>46</v>
       </c>
       <c r="J28" s="7"/>
       <c r="K28" s="9" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="29" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="29" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="5"/>
       <c r="C29" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>63</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F29" s="5"/>
       <c r="G29" s="6" t="s">
         <v>27</v>
       </c>
       <c r="H29" s="7"/>
       <c r="I29" s="8" t="s">
         <v>12</v>
       </c>
       <c r="J29" s="7"/>
       <c r="K29" s="9" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="30" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="30" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="5"/>
       <c r="C30" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F30" s="5"/>
       <c r="G30" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H30" s="7"/>
       <c r="I30" s="8" t="s">
         <v>13</v>
       </c>
       <c r="J30" s="7"/>
       <c r="K30" s="9" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="31" customFormat="false" ht="46.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="31" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A31" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="5"/>
       <c r="C31" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>65</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F31" s="5"/>
       <c r="G31" s="6" t="s">
         <v>66</v>
       </c>
       <c r="H31" s="7"/>
       <c r="I31" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J31" s="7"/>
       <c r="K31" s="9" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="32" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="32" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A32" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="5"/>
       <c r="C32" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>67</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F32" s="5"/>
       <c r="G32" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H32" s="7"/>
       <c r="I32" s="8" t="s">
         <v>16</v>
       </c>
       <c r="J32" s="7"/>
       <c r="K32" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="33" customFormat="false" ht="31.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="33" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A33" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="5"/>
       <c r="C33" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>68</v>
       </c>
       <c r="E33" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F33" s="5"/>
       <c r="G33" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="7"/>
       <c r="I33" s="8" t="s">
         <v>16</v>
       </c>
       <c r="J33" s="7"/>
       <c r="K33" s="9" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="34" customFormat="false" ht="61.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="34" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A34" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="5"/>
       <c r="C34" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>69</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F34" s="5"/>
       <c r="G34" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H34" s="7"/>
       <c r="I34" s="8" t="s">
         <v>70</v>
       </c>
       <c r="J34" s="7"/>
       <c r="K34" s="9" t="s">
         <v>71</v>
       </c>
     </row>
-    <row r="35" customFormat="false" ht="61.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="35" spans="1:11" ht="30" x14ac:dyDescent="0.25">
       <c r="A35" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="5"/>
       <c r="C35" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>72</v>
       </c>
       <c r="E35" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F35" s="5"/>
       <c r="G35" s="6" t="s">
         <v>73</v>
       </c>
       <c r="H35" s="7"/>
       <c r="I35" s="8" t="s">
         <v>74</v>
       </c>
       <c r="J35" s="7"/>
       <c r="K35" s="9" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="36" customFormat="false" ht="44.4" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="36" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A36" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="5"/>
       <c r="C36" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>76</v>
       </c>
       <c r="E36" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F36" s="5"/>
       <c r="G36" s="6" t="s">
         <v>77</v>
       </c>
       <c r="H36" s="7"/>
       <c r="I36" s="8" t="s">
         <v>78</v>
       </c>
       <c r="J36" s="7"/>
       <c r="K36" s="9" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="37" customFormat="false" ht="58.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="37" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A37" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="5"/>
       <c r="C37" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>80</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F37" s="5"/>
       <c r="G37" s="6" t="s">
         <v>15</v>
       </c>
       <c r="H37" s="7"/>
       <c r="I37" s="8" t="s">
         <v>79</v>
       </c>
       <c r="J37" s="7"/>
       <c r="K37" s="9" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="38" customFormat="false" ht="76.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="38" spans="1:11" ht="60" x14ac:dyDescent="0.25">
       <c r="A38" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="5"/>
       <c r="C38" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>82</v>
       </c>
       <c r="E38" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F38" s="5"/>
       <c r="G38" s="6" t="s">
         <v>78</v>
       </c>
       <c r="H38" s="7"/>
       <c r="I38" s="8" t="s">
         <v>79</v>
       </c>
       <c r="J38" s="7"/>
       <c r="K38" s="9" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="39" customFormat="false" ht="76.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="39" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A39" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="5"/>
       <c r="C39" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>83</v>
       </c>
       <c r="E39" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F39" s="5"/>
       <c r="G39" s="6" t="s">
         <v>75</v>
       </c>
       <c r="H39" s="7"/>
       <c r="I39" s="8" t="s">
         <v>74</v>
       </c>
       <c r="J39" s="7"/>
       <c r="K39" s="9" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="40" customFormat="false" ht="44.4" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="40" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A40" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="5"/>
       <c r="C40" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>85</v>
       </c>
       <c r="E40" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F40" s="5"/>
       <c r="G40" s="6" t="s">
         <v>19</v>
       </c>
       <c r="H40" s="7"/>
       <c r="I40" s="8" t="s">
         <v>34</v>
       </c>
       <c r="J40" s="7"/>
       <c r="K40" s="9" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="41" customFormat="false" ht="61.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="41" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A41" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B41" s="5"/>
       <c r="C41" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>86</v>
       </c>
       <c r="E41" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F41" s="5"/>
       <c r="G41" s="6" t="s">
         <v>34</v>
       </c>
       <c r="H41" s="7"/>
       <c r="I41" s="8" t="s">
         <v>15</v>
       </c>
       <c r="J41" s="7"/>
       <c r="K41" s="9" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="42" customFormat="false" ht="61.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="42" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A42" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B42" s="5"/>
       <c r="C42" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>87</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F42" s="5"/>
       <c r="G42" s="6" t="s">
         <v>75</v>
       </c>
       <c r="H42" s="7"/>
       <c r="I42" s="8" t="s">
         <v>79</v>
       </c>
       <c r="J42" s="7"/>
       <c r="K42" s="9" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="43" customFormat="false" ht="61.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="43" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A43" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B43" s="5"/>
       <c r="C43" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>88</v>
       </c>
       <c r="E43" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F43" s="5"/>
       <c r="G43" s="6" t="s">
         <v>75</v>
       </c>
       <c r="H43" s="7"/>
       <c r="I43" s="8" t="s">
         <v>89</v>
       </c>
       <c r="J43" s="7"/>
       <c r="K43" s="9" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="44" customFormat="false" ht="76.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="44" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A44" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="5"/>
       <c r="C44" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>90</v>
       </c>
       <c r="E44" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F44" s="5"/>
       <c r="G44" s="6" t="s">
         <v>75</v>
       </c>
       <c r="H44" s="7"/>
       <c r="I44" s="8" t="s">
         <v>91</v>
       </c>
       <c r="J44" s="7"/>
       <c r="K44" s="9" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="45" customFormat="false" ht="44.4" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="45" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A45" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B45" s="5"/>
       <c r="C45" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>93</v>
       </c>
       <c r="E45" s="1" t="s">
         <v>5</v>
       </c>
       <c r="F45" s="5"/>
       <c r="G45" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H45" s="7"/>
       <c r="I45" s="8" t="s">
         <v>79</v>
       </c>
       <c r="J45" s="7"/>
       <c r="K45" s="9" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="46" customFormat="false" ht="61.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="46" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A46" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B46" s="5"/>
       <c r="C46" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>94</v>
       </c>
       <c r="E46" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F46" s="5"/>
       <c r="G46" s="6" t="s">
         <v>71</v>
       </c>
       <c r="H46" s="7"/>
       <c r="I46" s="8" t="s">
         <v>75</v>
       </c>
       <c r="J46" s="7"/>
       <c r="K46" s="9" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="47" customFormat="false" ht="61.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="47" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A47" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B47" s="5"/>
       <c r="C47" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>95</v>
       </c>
       <c r="E47" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F47" s="5"/>
       <c r="G47" s="6" t="s">
         <v>79</v>
       </c>
       <c r="H47" s="7"/>
       <c r="I47" s="8" t="s">
         <v>96</v>
       </c>
       <c r="J47" s="7"/>
       <c r="K47" s="9" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="48" customFormat="false" ht="76.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="48" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A48" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B48" s="5"/>
       <c r="C48" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>97</v>
       </c>
       <c r="E48" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F48" s="5"/>
       <c r="G48" s="6" t="s">
         <v>96</v>
       </c>
       <c r="H48" s="7"/>
       <c r="I48" s="8" t="s">
         <v>92</v>
       </c>
       <c r="J48" s="7"/>
       <c r="K48" s="9" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="49" customFormat="false" ht="44.4" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="49" spans="1:11" ht="45" x14ac:dyDescent="0.25">
       <c r="A49" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B49" s="5"/>
       <c r="C49" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>99</v>
       </c>
       <c r="E49" s="1" t="s">
         <v>7</v>
       </c>
       <c r="F49" s="5"/>
       <c r="G49" s="6" t="s">
         <v>71</v>
       </c>
       <c r="H49" s="7"/>
       <c r="I49" s="8" t="s">
         <v>100</v>
       </c>
       <c r="J49" s="7"/>
       <c r="K49" s="9" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="50" customFormat="false" ht="44.4" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="50" spans="1:11" ht="46.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B50" s="5"/>
       <c r="C50" s="5" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E50" s="1" t="s">
         <v>6</v>
       </c>
       <c r="F50" s="5"/>
       <c r="G50" s="6" t="s">
         <v>102</v>
       </c>
       <c r="H50" s="7"/>
       <c r="I50" s="8" t="s">
         <v>89</v>
       </c>
       <c r="J50" s="7"/>
       <c r="K50" s="9" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="51" customFormat="false" ht="61.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+    <row r="51" spans="1:11" ht="46.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B51" s="5"/>
       <c r="C51" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="D51" s="5" t="s">
+      <c r="D51" s="10" t="s">
         <v>104</v>
       </c>
-      <c r="E51" s="1" t="s">
+      <c r="E51" s="11" t="s">
         <v>7</v>
       </c>
-      <c r="F51" s="5"/>
-      <c r="G51" s="6" t="s">
+      <c r="F51" s="10"/>
+      <c r="G51" s="12" t="s">
         <v>100</v>
       </c>
-      <c r="H51" s="7"/>
-      <c r="I51" s="8" t="s">
+      <c r="H51" s="13"/>
+      <c r="I51" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="J51" s="7"/>
-      <c r="K51" s="9" t="s">
+      <c r="J51" s="13"/>
+      <c r="K51" s="15" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="52" customFormat="false" ht="58.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="D52" s="10" t="s">
+    <row r="52" spans="1:11" ht="58.5" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="D52" s="20" t="s">
         <v>106</v>
       </c>
-      <c r="E52" s="11" t="s">
+      <c r="E52" s="21" t="s">
         <v>6</v>
       </c>
-      <c r="G52" s="12" t="s">
+      <c r="F52" s="22"/>
+      <c r="G52" s="23" t="s">
         <v>107</v>
       </c>
-      <c r="H52" s="13"/>
-      <c r="I52" s="14" t="s">
+      <c r="H52" s="24"/>
+      <c r="I52" s="25" t="s">
         <v>73</v>
       </c>
-      <c r="J52" s="13"/>
-      <c r="K52" s="15" t="s">
+      <c r="J52" s="24"/>
+      <c r="K52" s="31" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="53" customFormat="false" ht="43.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="D53" s="10" t="s">
+    <row r="53" spans="1:11" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D53" s="20" t="s">
         <v>109</v>
       </c>
-      <c r="E53" s="11" t="s">
+      <c r="E53" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="G53" s="12" t="s">
+      <c r="F53" s="22"/>
+      <c r="G53" s="23" t="s">
         <v>110</v>
       </c>
-      <c r="H53" s="13"/>
-      <c r="I53" s="14" t="s">
+      <c r="H53" s="24"/>
+      <c r="I53" s="25" t="s">
         <v>91</v>
       </c>
-      <c r="J53" s="13"/>
-      <c r="K53" s="15" t="s">
+      <c r="J53" s="24"/>
+      <c r="K53" s="31" t="s">
         <v>73</v>
       </c>
     </row>
-    <row r="54" customFormat="false" ht="41.95" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="D54" s="13" t="s">
+    <row r="54" spans="1:11" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D54" s="24" t="s">
         <v>111</v>
       </c>
-      <c r="E54" s="11" t="s">
+      <c r="E54" s="21" t="s">
         <v>5</v>
       </c>
-      <c r="G54" s="12" t="s">
+      <c r="F54" s="22"/>
+      <c r="G54" s="23" t="s">
         <v>112</v>
       </c>
-      <c r="H54" s="13"/>
-      <c r="I54" s="14" t="s">
+      <c r="H54" s="24"/>
+      <c r="I54" s="25" t="s">
         <v>113</v>
       </c>
-      <c r="J54" s="13"/>
-      <c r="K54" s="16" t="s">
+      <c r="J54" s="24"/>
+      <c r="K54" s="32" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="55" customFormat="false" ht="42.7" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="D55" s="10" t="s">
+    <row r="55" spans="1:11" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D55" s="20" t="s">
         <v>115</v>
       </c>
-      <c r="E55" s="17" t="s">
+      <c r="E55" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="G55" s="12" t="s">
+      <c r="F55" s="22"/>
+      <c r="G55" s="23" t="s">
         <v>116</v>
       </c>
-      <c r="H55" s="13"/>
-      <c r="I55" s="14" t="s">
+      <c r="H55" s="24"/>
+      <c r="I55" s="25" t="s">
         <v>117</v>
       </c>
-      <c r="J55" s="13"/>
-      <c r="K55" s="16" t="s">
+      <c r="J55" s="24"/>
+      <c r="K55" s="33" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="56" customFormat="false" ht="43.45" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="D56" s="18" t="s">
+    <row r="56" spans="1:11" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D56" s="27" t="s">
         <v>119</v>
       </c>
-      <c r="E56" s="17" t="s">
+      <c r="E56" s="26" t="s">
         <v>7</v>
       </c>
-      <c r="G56" s="12" t="s">
+      <c r="F56" s="22"/>
+      <c r="G56" s="23" t="s">
         <v>75</v>
       </c>
-      <c r="H56" s="13"/>
-      <c r="I56" s="14" t="s">
+      <c r="H56" s="24"/>
+      <c r="I56" s="25" t="s">
         <v>11</v>
       </c>
-      <c r="J56" s="13"/>
-      <c r="K56" s="16" t="s">
+      <c r="J56" s="24"/>
+      <c r="K56" s="32" t="s">
         <v>70</v>
       </c>
     </row>
-    <row r="57" customFormat="false" ht="42.7" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="D57" s="19" t="s">
+    <row r="57" spans="1:11" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D57" s="28" t="s">
         <v>120</v>
       </c>
-      <c r="E57" s="11" t="s">
+      <c r="E57" s="21" t="s">
         <v>6</v>
       </c>
-      <c r="F57" s="19"/>
-      <c r="G57" s="20" t="s">
+      <c r="F57" s="28"/>
+      <c r="G57" s="29" t="s">
         <v>34</v>
       </c>
-      <c r="H57" s="13"/>
-      <c r="I57" s="14" t="s">
+      <c r="H57" s="24"/>
+      <c r="I57" s="25" t="s">
         <v>121</v>
       </c>
-      <c r="J57" s="13"/>
-      <c r="K57" s="16" t="s">
+      <c r="J57" s="24"/>
+      <c r="K57" s="32" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="58" customFormat="false" ht="42.7" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
-      <c r="D58" s="18" t="s">
+    <row r="58" spans="1:11" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D58" s="27" t="s">
         <v>123</v>
       </c>
-      <c r="E58" s="11" t="s">
+      <c r="E58" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="F58" s="18"/>
-      <c r="G58" s="21" t="s">
+      <c r="F58" s="27"/>
+      <c r="G58" s="30" t="s">
         <v>124</v>
       </c>
-      <c r="H58" s="13"/>
-      <c r="I58" s="14" t="s">
+      <c r="H58" s="24"/>
+      <c r="I58" s="25" t="s">
         <v>125</v>
       </c>
-      <c r="J58" s="13"/>
-      <c r="K58" s="16" t="s">
+      <c r="J58" s="24"/>
+      <c r="K58" s="32" t="s">
         <v>71</v>
       </c>
     </row>
+    <row r="59" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D59" s="16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E59" s="17" t="s">
+        <v>5</v>
+      </c>
+      <c r="F59" s="16"/>
+      <c r="G59" s="18" t="s">
+        <v>127</v>
+      </c>
+      <c r="H59" s="19"/>
+      <c r="I59" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="J59" s="19"/>
+      <c r="K59" s="15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="60" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D60" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F60" s="5"/>
+      <c r="G60" s="23" t="s">
+        <v>107</v>
+      </c>
+      <c r="H60" s="7"/>
+      <c r="I60" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="J60" s="7"/>
+      <c r="K60" s="9" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="61" spans="1:11" ht="46.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D61" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E61" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="F61" s="5"/>
+      <c r="G61" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="H61" s="7"/>
+      <c r="I61" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="J61" s="7"/>
+      <c r="K61" s="9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="62" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D62" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="E62" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="F62" s="5"/>
+      <c r="G62" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="H62" s="7"/>
+      <c r="I62" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="J62" s="7"/>
+      <c r="K62" s="9" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="63" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D63" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="E63" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F63" s="5"/>
+      <c r="G63" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="H63" s="7"/>
+      <c r="I63" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="J63" s="7"/>
+      <c r="K63" s="9" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" ht="31.5" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D64" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="E64" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="F64" s="5"/>
+      <c r="G64" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="H64" s="7"/>
+      <c r="I64" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="J64" s="7"/>
+      <c r="K64" s="9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="65" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
-[...5 lines deleted...]
-  </headerFooter>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.51180555555555496" footer="0.51180555555555496"/>
+  <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Application>LibreOffice/5.1.6.2$Linux_x86 LibreOffice_project/10m0$Build-2</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fogli di lavoro</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>Foglio1</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Liguria Digitale</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Parrelli Laura</dc:creator>
   <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>it-IT</dc:language>
-  <cp:lastModifiedBy/>
-[...3 lines deleted...]
-  <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>14.0300</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Company">
     <vt:lpwstr>Liguria Digitale</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="DocSecurity">
     <vt:i4>0</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="HyperlinksChanged">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="LinksUpToDate">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ScaleCrop">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ShareDoc">
-    <vt:bool>0</vt:bool>
+    <vt:bool>false</vt:bool>
   </property>
 </Properties>
 </file>